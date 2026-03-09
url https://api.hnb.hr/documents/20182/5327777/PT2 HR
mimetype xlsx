--- v0 (2025-10-14)
+++ v1 (2026-03-09)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PT2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="26">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="32">
+  <si>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>PREKOGRANIČNI / MEĐUNARODNI KREDITNI TRANSFERI - 2025. godina</t>
   </si>
   <si>
     <t>{1} preračunato u eure po tečaju na zadnji dan izvještajnog razdoblja</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
   </si>
   <si>
     <t>Vrsta transakcije</t>
   </si>
@@ -84,50 +84,68 @@
     <t>Broj transakcija</t>
   </si>
   <si>
     <t>Vrijednost transakcija {1}</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t>Primljeni</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
+  </si>
+  <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
+  </si>
+  <si>
+    <t> LISTOPAD</t>
+  </si>
+  <si>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
   </si>
   <si>
     <t> Poslani</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
   <si>
     <t> Primljeni</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
@@ -537,51 +555,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="30" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="22" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="22" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
@@ -1308,162 +1326,858 @@
         <v>12</v>
       </c>
       <c r="C33" t="s" s="12">
         <v>15</v>
       </c>
       <c r="D33" s="13">
         <v>767314224.697061411760142</v>
       </c>
       <c r="E33" t="s" s="12">
         <v>12</v>
       </c>
       <c r="F33" s="13">
         <v>5527632998.221186551950786</v>
       </c>
       <c r="G33" t="s" s="12">
         <v>12</v>
       </c>
       <c r="H33" s="14">
         <v>6294947222.918247963710928</v>
       </c>
       <c r="I33" t="s" s="15">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:9">
-      <c r="A34" t="s" s="11">
-[...2 lines deleted...]
-      <c r="B34" t="s" s="16">
+      <c r="A34" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B34" t="s" s="8">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D34" s="9">
+        <v>167022</v>
+      </c>
+      <c r="E34" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F34" s="9">
+        <v>506909</v>
+      </c>
+      <c r="G34" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H34" s="10">
+        <v>673931</v>
+      </c>
+      <c r="I34" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B35" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="C35" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="D35" s="9">
+        <v>379957567.873475898502252</v>
+      </c>
+      <c r="E35" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F35" s="9">
+        <v>6163079575.951620593443031</v>
+      </c>
+      <c r="G35" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H35" s="10">
+        <v>6543037143.825096491945283</v>
+      </c>
+      <c r="I35" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s" s="8">
         <v>23</v>
       </c>
-      <c r="C34" t="s" s="16">
-[...51 lines deleted...]
-      <c r="A36" t="s" s="11">
+      <c r="B36" t="s" s="8">
+        <v>17</v>
+      </c>
+      <c r="C36" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D36" s="9">
+        <v>1037564</v>
+      </c>
+      <c r="E36" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F36" s="9">
+        <v>768545</v>
+      </c>
+      <c r="G36" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H36" s="10">
+        <v>1806109</v>
+      </c>
+      <c r="I36" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="B37" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="C37" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="D37" s="13">
+        <v>921542496.439546510216748</v>
+      </c>
+      <c r="E37" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="F37" s="13">
+        <v>6148885131.751180017220748</v>
+      </c>
+      <c r="G37" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="H37" s="14">
+        <v>7070427628.190726527437496</v>
+      </c>
+      <c r="I37" t="s" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B38" t="s" s="8">
+        <v>13</v>
+      </c>
+      <c r="C38" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D38" s="9">
+        <v>152043</v>
+      </c>
+      <c r="E38" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F38" s="9">
+        <v>440452</v>
+      </c>
+      <c r="G38" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H38" s="10">
+        <v>592495</v>
+      </c>
+      <c r="I38" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B39" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="C39" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="D39" s="9">
+        <v>321136434.129835918150986</v>
+      </c>
+      <c r="E39" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F39" s="9">
+        <v>4753432887.143368943251871</v>
+      </c>
+      <c r="G39" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H39" s="10">
+        <v>5074569321.273204861402857</v>
+      </c>
+      <c r="I39" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s" s="8">
         <v>24</v>
       </c>
-      <c r="B36" t="s" s="16">
+      <c r="B40" t="s" s="8">
+        <v>17</v>
+      </c>
+      <c r="C40" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D40" s="9">
+        <v>998645</v>
+      </c>
+      <c r="E40" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F40" s="9">
+        <v>679222</v>
+      </c>
+      <c r="G40" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H40" s="10">
+        <v>1677867</v>
+      </c>
+      <c r="I40" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="B41" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="C41" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="D41" s="13">
+        <v>878590188.241950941109213</v>
+      </c>
+      <c r="E41" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="F41" s="13">
+        <v>5096194289.725414059415816</v>
+      </c>
+      <c r="G41" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="H41" s="14">
+        <v>5974784477.967365000525029</v>
+      </c>
+      <c r="I41" t="s" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B42" t="s" s="8">
+        <v>13</v>
+      </c>
+      <c r="C42" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D42" s="9">
+        <v>173901</v>
+      </c>
+      <c r="E42" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F42" s="9">
+        <v>486944</v>
+      </c>
+      <c r="G42" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H42" s="10">
+        <v>660845</v>
+      </c>
+      <c r="I42" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B43" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="C43" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="D43" s="9">
+        <v>363119837.531917696727836</v>
+      </c>
+      <c r="E43" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F43" s="9">
+        <v>5714959934.020371035036958</v>
+      </c>
+      <c r="G43" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H43" s="10">
+        <v>6078079771.552288731764794</v>
+      </c>
+      <c r="I43" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s" s="8">
         <v>25</v>
       </c>
-      <c r="C36" t="s" s="16">
-[...46 lines deleted...]
-      <c r="I37" t="s" s="16">
+      <c r="B44" t="s" s="8">
+        <v>17</v>
+      </c>
+      <c r="C44" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D44" s="9">
+        <v>952628</v>
+      </c>
+      <c r="E44" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F44" s="9">
+        <v>704236</v>
+      </c>
+      <c r="G44" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H44" s="10">
+        <v>1656864</v>
+      </c>
+      <c r="I44" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="B45" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="C45" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="D45" s="13">
+        <v>803491214.553658969675572</v>
+      </c>
+      <c r="E45" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="F45" s="13">
+        <v>6097680719.299917032018862</v>
+      </c>
+      <c r="G45" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="H45" s="14">
+        <v>6901171933.853576001694434</v>
+      </c>
+      <c r="I45" t="s" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B46" t="s" s="8">
+        <v>13</v>
+      </c>
+      <c r="C46" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D46" s="9">
+        <v>175092</v>
+      </c>
+      <c r="E46" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F46" s="9">
+        <v>506260</v>
+      </c>
+      <c r="G46" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H46" s="10">
+        <v>681352</v>
+      </c>
+      <c r="I46" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B47" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="C47" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="D47" s="9">
+        <v>440765384.740429022887268</v>
+      </c>
+      <c r="E47" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F47" s="9">
+        <v>6051769846.879589538735773</v>
+      </c>
+      <c r="G47" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H47" s="10">
+        <v>6492535231.620018561623041</v>
+      </c>
+      <c r="I47" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s" s="8">
+        <v>26</v>
+      </c>
+      <c r="B48" t="s" s="8">
+        <v>17</v>
+      </c>
+      <c r="C48" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D48" s="9">
+        <v>875667</v>
+      </c>
+      <c r="E48" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F48" s="9">
+        <v>634291</v>
+      </c>
+      <c r="G48" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H48" s="10">
+        <v>1509958</v>
+      </c>
+      <c r="I48" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="B49" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="C49" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="D49" s="13">
+        <v>715802664.066229535080644</v>
+      </c>
+      <c r="E49" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="F49" s="13">
+        <v>5220579549.5123170809499</v>
+      </c>
+      <c r="G49" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="H49" s="14">
+        <v>5936382213.578546616030544</v>
+      </c>
+      <c r="I49" t="s" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B50" t="s" s="8">
+        <v>13</v>
+      </c>
+      <c r="C50" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D50" s="9">
+        <v>165178</v>
+      </c>
+      <c r="E50" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F50" s="9">
+        <v>469367</v>
+      </c>
+      <c r="G50" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H50" s="10">
+        <v>634545</v>
+      </c>
+      <c r="I50" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B51" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="C51" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="D51" s="9">
+        <v>311777821.193825623759747</v>
+      </c>
+      <c r="E51" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F51" s="9">
+        <v>5115888829.809431932468059</v>
+      </c>
+      <c r="G51" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H51" s="10">
+        <v>5427666651.003257556227806</v>
+      </c>
+      <c r="I51" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s" s="8">
+        <v>27</v>
+      </c>
+      <c r="B52" t="s" s="8">
+        <v>17</v>
+      </c>
+      <c r="C52" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D52" s="9">
+        <v>747234</v>
+      </c>
+      <c r="E52" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F52" s="9">
+        <v>533105</v>
+      </c>
+      <c r="G52" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H52" s="10">
+        <v>1280339</v>
+      </c>
+      <c r="I52" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="B53" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="C53" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="D53" s="13">
+        <v>584373532.779424887014905</v>
+      </c>
+      <c r="E53" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="F53" s="13">
+        <v>4771350132.02215090863309</v>
+      </c>
+      <c r="G53" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="H53" s="14">
+        <v>5355723664.801575795647995</v>
+      </c>
+      <c r="I53" t="s" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B54" t="s" s="8">
+        <v>13</v>
+      </c>
+      <c r="C54" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D54" s="9">
+        <v>186952</v>
+      </c>
+      <c r="E54" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F54" s="9">
+        <v>658262</v>
+      </c>
+      <c r="G54" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H54" s="10">
+        <v>845214</v>
+      </c>
+      <c r="I54" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="B55" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="C55" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="D55" s="9">
+        <v>362947304.235691376457822</v>
+      </c>
+      <c r="E55" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F55" s="9">
+        <v>6614460437.793761137832398</v>
+      </c>
+      <c r="G55" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H55" s="10">
+        <v>6977407742.02945251429022</v>
+      </c>
+      <c r="I55" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s" s="8">
+        <v>28</v>
+      </c>
+      <c r="B56" t="s" s="8">
+        <v>17</v>
+      </c>
+      <c r="C56" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D56" s="9">
+        <v>854947</v>
+      </c>
+      <c r="E56" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="F56" s="9">
+        <v>588911</v>
+      </c>
+      <c r="G56" t="s" s="8">
+        <v>12</v>
+      </c>
+      <c r="H56" s="10">
+        <v>1443858</v>
+      </c>
+      <c r="I56" t="s" s="11">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="B57" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="C57" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="D57" s="13">
+        <v>665122672.364077511221852</v>
+      </c>
+      <c r="E57" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="F57" s="13">
+        <v>6819128128.805177712159534</v>
+      </c>
+      <c r="G57" t="s" s="12">
+        <v>12</v>
+      </c>
+      <c r="H57" s="14">
+        <v>7484250801.169255223381386</v>
+      </c>
+      <c r="I57" t="s" s="15">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s" s="11">
+        <v>12</v>
+      </c>
+      <c r="B58" t="s" s="16">
+        <v>29</v>
+      </c>
+      <c r="C58" t="s" s="16">
+        <v>14</v>
+      </c>
+      <c r="D58" s="17">
+        <v>1891457</v>
+      </c>
+      <c r="E58" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="F58" s="17">
+        <v>5966741</v>
+      </c>
+      <c r="G58" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="H58" s="17">
+        <v>7858198</v>
+      </c>
+      <c r="I58" t="s" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s" s="11">
+        <v>12</v>
+      </c>
+      <c r="B59" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="C59" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="D59" s="17">
+        <v>4180570405.088765567967699</v>
+      </c>
+      <c r="E59" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="F59" s="17">
+        <v>70480057668.489591651740645</v>
+      </c>
+      <c r="G59" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="H59" s="17">
+        <v>74660628073.578357219708344</v>
+      </c>
+      <c r="I59" t="s" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s" s="11">
+        <v>30</v>
+      </c>
+      <c r="B60" t="s" s="16">
+        <v>31</v>
+      </c>
+      <c r="C60" t="s" s="16">
+        <v>14</v>
+      </c>
+      <c r="D60" s="17">
+        <v>10139541</v>
+      </c>
+      <c r="E60" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="F60" s="17">
+        <v>7268630</v>
+      </c>
+      <c r="G60" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="H60" s="17">
+        <v>17408171</v>
+      </c>
+      <c r="I60" t="s" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s" s="11">
+        <v>12</v>
+      </c>
+      <c r="B61" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="C61" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="D61" s="17">
+        <v>8412131675.858199580004722</v>
+      </c>
+      <c r="E61" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="F61" s="17">
+        <v>66937309484.204802269679234</v>
+      </c>
+      <c r="G61" t="s" s="16">
+        <v>12</v>
+      </c>
+      <c r="H61" s="17">
+        <v>75349441160.063001849683956</v>
+      </c>
+      <c r="I61" t="s" s="16">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>